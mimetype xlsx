--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Arbeitsgruppen\Internetseite\Dokumente\Erdgasnetz\Brennwerte\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ABC5D008-229E-4D1A-AEFD-32935384B809}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{07EB6B00-4159-4B20-BB7E-D16B1D58F836}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="57504" yWindow="0" windowWidth="11712" windowHeight="12336" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="15500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
     <sheet name="Tabelle2" sheetId="2" r:id="rId2"/>
     <sheet name="Tabelle3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Tabelle1!$A$1:$C$57</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Tabelle1!$A$1:$C$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="17">
   <si>
     <t>Monat</t>
   </si>
   <si>
     <t>Jahr</t>
   </si>
   <si>
@@ -98,147 +98,155 @@
     <t>Januar</t>
   </si>
   <si>
     <t>Dezember</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>Mülheim</t>
   </si>
   <si>
     <t>Mintard</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="#,##0.000_ ;\-#,##0.000\ "/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Komma" xfId="3" builtinId="3"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{BEFA5789-E161-4564-80BD-1C599CD4B6B4}"/>
     <cellStyle name="Standard 3" xfId="4" xr:uid="{54EEC547-73B6-4260-8047-EC2BE9C61C0A}"/>
     <cellStyle name="Währung 2" xfId="2" xr:uid="{72C4613E-0AB3-4539-AC26-D70ECD1E7C82}"/>
     <cellStyle name="Währung 3" xfId="5" xr:uid="{5A0B7341-AD75-4F01-A67F-C1241EEF06D0}"/>
     <cellStyle name="Währung 4" xfId="6" xr:uid="{CE63FAC4-D02B-4C0F-BF5B-FC7F9B89932E}"/>
     <cellStyle name="Währung 5" xfId="7" xr:uid="{0A092108-A7B8-4A0C-97EA-B5E929CDA4AD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -514,640 +522,647 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E57"/>
+  <dimension ref="A1:E58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D3" sqref="D3"/>
+      <selection activeCell="M36" sqref="M36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="13"/>
       <c r="E1" s="1"/>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="10" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="8"/>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="2" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="B3" s="2">
         <v>2025</v>
       </c>
       <c r="C3" s="3">
-        <v>11.513</v>
-[...6 lines deleted...]
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+        <v>11.49</v>
+      </c>
+      <c r="D3" s="14">
+        <v>11.486000000000001</v>
+      </c>
+      <c r="E3" s="3"/>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B4" s="2">
         <v>2025</v>
       </c>
       <c r="C4" s="3">
-        <v>11.494999999999999</v>
+        <v>11.462999999999999</v>
       </c>
       <c r="D4" s="3">
-        <v>11.492000000000001</v>
+        <v>11.484</v>
       </c>
       <c r="E4" s="3"/>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="2" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B5" s="2">
         <v>2025</v>
       </c>
       <c r="C5" s="3">
+        <v>11.513</v>
+      </c>
+      <c r="D5" s="3">
+        <v>11.510999999999999</v>
+      </c>
+      <c r="E5" s="8"/>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A6" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="2">
+        <v>2025</v>
+      </c>
+      <c r="C6" s="3">
+        <v>11.494999999999999</v>
+      </c>
+      <c r="D6" s="3">
+        <v>11.492000000000001</v>
+      </c>
+      <c r="E6" s="3"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A7" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="2">
+        <v>2025</v>
+      </c>
+      <c r="C7" s="3">
         <v>11.583</v>
       </c>
-      <c r="D5" s="3">
+      <c r="D7" s="3">
         <v>11.585000000000001</v>
       </c>
-      <c r="E5" s="7"/>
-[...2 lines deleted...]
-      <c r="A6" t="s">
+      <c r="E7" s="7"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
         <v>7</v>
       </c>
-      <c r="B6">
+      <c r="B8">
         <v>2025</v>
       </c>
-      <c r="C6">
+      <c r="C8">
         <v>11.544</v>
       </c>
-      <c r="D6" s="12">
+      <c r="D8" s="12">
         <v>11.542</v>
       </c>
-      <c r="E6" s="7"/>
-[...2 lines deleted...]
-      <c r="A7" s="6" t="s">
+      <c r="E8" s="7"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A9" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B7" s="7">
+      <c r="B9" s="7">
         <v>2025</v>
       </c>
-      <c r="C7" s="7">
+      <c r="C9" s="7">
         <v>11.597</v>
       </c>
-      <c r="D7" s="7">
+      <c r="D9" s="7">
         <v>11.596</v>
       </c>
-      <c r="E7" s="7"/>
-[...2 lines deleted...]
-      <c r="A8" s="6" t="s">
+      <c r="E9" s="7"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A10" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="7">
+      <c r="B10" s="7">
         <v>2025</v>
       </c>
-      <c r="C8" s="11">
+      <c r="C10" s="11">
         <v>11.51</v>
       </c>
-      <c r="D8" s="7">
+      <c r="D10" s="7">
         <v>11.522</v>
       </c>
-      <c r="E8" s="5"/>
-[...2 lines deleted...]
-      <c r="A9" s="4" t="s">
+      <c r="E10" s="5"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A11" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="5">
+      <c r="B11" s="5">
         <v>2025</v>
       </c>
-      <c r="C9" s="5">
+      <c r="C11" s="5">
         <v>11.462</v>
       </c>
-      <c r="D9" s="5">
+      <c r="D11" s="5">
         <v>11.491</v>
       </c>
-      <c r="E9" s="9"/>
-[...2 lines deleted...]
-      <c r="A10" s="4" t="s">
+      <c r="E11" s="9"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A12" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="5">
+      <c r="B12" s="5">
         <v>2025</v>
       </c>
-      <c r="C10" s="5">
+      <c r="C12" s="5">
         <v>11.532999999999999</v>
       </c>
-      <c r="D10" s="5">
+      <c r="D12" s="5">
         <v>11.548</v>
       </c>
-      <c r="E10" s="9"/>
-[...2 lines deleted...]
-      <c r="A11" s="2" t="s">
+      <c r="E12" s="9"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A13" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B11" s="2">
+      <c r="B13" s="2">
         <v>2025</v>
       </c>
-      <c r="C11" s="3">
+      <c r="C13" s="3">
         <v>11.496</v>
       </c>
-      <c r="D11" s="9">
+      <c r="D13" s="9">
         <v>11.537000000000001</v>
       </c>
-      <c r="E11" s="3"/>
-[...2 lines deleted...]
-      <c r="A12" s="2" t="s">
+      <c r="E13" s="3"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A14" s="2" t="s">
         <v>13</v>
-      </c>
-[...28 lines deleted...]
-        <v>3</v>
       </c>
       <c r="B14" s="2">
         <v>2024</v>
       </c>
       <c r="C14" s="3">
-        <v>11.486000000000001</v>
+        <v>11.516</v>
       </c>
       <c r="D14" s="3">
-        <v>11.536</v>
+        <v>11.557</v>
       </c>
       <c r="E14" s="3"/>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="2" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="B15" s="2">
         <v>2024</v>
       </c>
       <c r="C15" s="3">
-        <v>11.252000000000001</v>
+        <v>11.45</v>
       </c>
       <c r="D15" s="3">
-        <v>11.244999999999999</v>
+        <v>11.504</v>
       </c>
       <c r="E15" s="3"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B16" s="2">
         <v>2024</v>
       </c>
       <c r="C16" s="3">
-        <v>11.596</v>
+        <v>11.486000000000001</v>
       </c>
       <c r="D16" s="3">
-        <v>11.622</v>
+        <v>11.536</v>
       </c>
       <c r="E16" s="3"/>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" s="2" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B17" s="2">
         <v>2024</v>
       </c>
       <c r="C17" s="3">
-        <v>11.515000000000001</v>
+        <v>11.252000000000001</v>
       </c>
       <c r="D17" s="3">
-        <v>11.522</v>
-[...3 lines deleted...]
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+        <v>11.244999999999999</v>
+      </c>
+      <c r="E17" s="3"/>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B18" s="2">
         <v>2024</v>
       </c>
       <c r="C18" s="3">
-        <v>11.474</v>
+        <v>11.596</v>
       </c>
       <c r="D18" s="3">
-        <v>11.503</v>
+        <v>11.622</v>
       </c>
       <c r="E18" s="3"/>
     </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A19" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B19" s="2">
         <v>2024</v>
       </c>
       <c r="C19" s="3">
-        <v>11.4</v>
+        <v>11.515000000000001</v>
       </c>
       <c r="D19" s="3">
-        <v>11.446</v>
-[...3 lines deleted...]
-    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+        <v>11.522</v>
+      </c>
+      <c r="E19" s="8"/>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A20" s="2" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B20" s="2">
         <v>2024</v>
       </c>
       <c r="C20" s="3">
-        <v>11.462999999999999</v>
+        <v>11.474</v>
       </c>
       <c r="D20" s="3">
-        <v>11.484999999999999</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+        <v>11.503</v>
+      </c>
+      <c r="E20" s="3"/>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A21" s="2" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B21" s="2">
         <v>2024</v>
       </c>
-      <c r="C21">
-[...3 lines deleted...]
-        <v>11.56</v>
+      <c r="C21" s="3">
+        <v>11.4</v>
+      </c>
+      <c r="D21" s="3">
+        <v>11.446</v>
       </c>
       <c r="E21" s="3"/>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B22" s="2">
         <v>2024</v>
       </c>
       <c r="C22" s="3">
-        <v>11.563000000000001</v>
+        <v>11.462999999999999</v>
       </c>
       <c r="D22" s="3">
-        <v>11.563000000000001</v>
-[...3 lines deleted...]
-    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+        <v>11.484999999999999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A23" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B23" s="2">
         <v>2024</v>
       </c>
-      <c r="C23" s="3">
+      <c r="C23">
+        <v>11.561</v>
+      </c>
+      <c r="D23" s="9">
+        <v>11.56</v>
+      </c>
+      <c r="E23" s="3"/>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A24" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B24" s="2">
+        <v>2024</v>
+      </c>
+      <c r="C24" s="3">
+        <v>11.563000000000001</v>
+      </c>
+      <c r="D24" s="3">
+        <v>11.563000000000001</v>
+      </c>
+      <c r="E24" s="3"/>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A25" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B25" s="2">
+        <v>2024</v>
+      </c>
+      <c r="C25" s="3">
         <v>11.542</v>
       </c>
-      <c r="D23" s="3">
+      <c r="D25" s="3">
         <v>11.542999999999999</v>
       </c>
-      <c r="E23" s="3"/>
-[...2 lines deleted...]
-      <c r="A24" s="2" t="s">
+      <c r="E25" s="3"/>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A26" s="2" t="s">
         <v>13</v>
-      </c>
-[...28 lines deleted...]
-        <v>3</v>
       </c>
       <c r="B26" s="2">
         <v>2023</v>
       </c>
       <c r="C26" s="3">
-        <v>11.571999999999999</v>
+        <v>11.52</v>
       </c>
       <c r="D26" s="3">
-        <v>11.571</v>
+        <v>11.521000000000001</v>
       </c>
       <c r="E26" s="3"/>
     </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
-      <c r="E27" s="7"/>
-[...15 lines deleted...]
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E27" s="3"/>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A28" s="2"/>
+      <c r="B28" s="2"/>
+      <c r="C28" s="3"/>
+      <c r="D28" s="3"/>
+      <c r="E28" s="7"/>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A29" s="4"/>
+      <c r="B29" s="5"/>
+      <c r="C29" s="5"/>
+      <c r="D29" s="5"/>
+      <c r="E29" s="5"/>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
     </row>
-    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
     </row>
-    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
     </row>
-    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
     </row>
-    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A34" s="2"/>
+      <c r="B34" s="2"/>
+      <c r="C34" s="3"/>
+      <c r="D34" s="3"/>
+      <c r="E34" s="3"/>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A35" s="6"/>
+      <c r="B35" s="7"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="5"/>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="3"/>
     </row>
-    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="3"/>
     </row>
-    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="3"/>
     </row>
-    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="3"/>
     </row>
-    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="3"/>
     </row>
-    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="3"/>
     </row>
-    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="3"/>
     </row>
-    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="3"/>
     </row>
-    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="3"/>
     </row>
-    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="3"/>
     </row>
-    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="3"/>
     </row>
-    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="3"/>
     </row>
-    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="3"/>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="3"/>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="3"/>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="3"/>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="3"/>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="3"/>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="3"/>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="3"/>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="3"/>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="3"/>
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A58" s="2"/>
+      <c r="B58" s="2"/>
+      <c r="C58" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>