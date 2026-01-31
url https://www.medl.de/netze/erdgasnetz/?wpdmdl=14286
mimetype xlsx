--- v1 (2025-12-17)
+++ v2 (2026-01-31)
@@ -7,51 +7,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Arbeitsgruppen\Internetseite\Dokumente\Erdgasnetz\Brennwerte\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{07EB6B00-4159-4B20-BB7E-D16B1D58F836}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1736487C-E497-4800-98AC-E0A8C95B30DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="15500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
     <sheet name="Tabelle2" sheetId="2" r:id="rId2"/>
     <sheet name="Tabelle3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Tabelle1!$A$1:$C$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -92,171 +92,180 @@
     <t>März</t>
   </si>
   <si>
     <t>Februar</t>
   </si>
   <si>
     <t>Januar</t>
   </si>
   <si>
     <t>Dezember</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>Mülheim</t>
   </si>
   <si>
     <t>Mintard</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="4">
+  <numFmts count="5">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="#,##0.000_ ;\-#,##0.000\ "/>
+    <numFmt numFmtId="167" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="8">
+  <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="8">
+  <cellStyles count="10">
     <cellStyle name="Komma" xfId="3" builtinId="3"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{BEFA5789-E161-4564-80BD-1C599CD4B6B4}"/>
     <cellStyle name="Standard 3" xfId="4" xr:uid="{54EEC547-73B6-4260-8047-EC2BE9C61C0A}"/>
+    <cellStyle name="Standard 4" xfId="8" xr:uid="{5E320663-0142-4DB2-BEFF-300A9ADD9743}"/>
     <cellStyle name="Währung 2" xfId="2" xr:uid="{72C4613E-0AB3-4539-AC26-D70ECD1E7C82}"/>
     <cellStyle name="Währung 3" xfId="5" xr:uid="{5A0B7341-AD75-4F01-A67F-C1241EEF06D0}"/>
     <cellStyle name="Währung 4" xfId="6" xr:uid="{CE63FAC4-D02B-4C0F-BF5B-FC7F9B89932E}"/>
     <cellStyle name="Währung 5" xfId="7" xr:uid="{0A092108-A7B8-4A0C-97EA-B5E929CDA4AD}"/>
+    <cellStyle name="Währung 6" xfId="9" xr:uid="{DE600938-03F9-4C2F-AD91-7552B1D14B76}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -525,435 +534,435 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M36" sqref="M36"/>
+      <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="13" t="s">
+      <c r="C1" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="13"/>
+      <c r="D1" s="14"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="10" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="8"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B3" s="2">
         <v>2025</v>
       </c>
       <c r="C3" s="3">
-        <v>11.49</v>
-[...2 lines deleted...]
-        <v>11.486000000000001</v>
+        <v>11.481</v>
+      </c>
+      <c r="D3" s="3">
+        <v>11.478</v>
       </c>
       <c r="E3" s="3"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="B4" s="2">
         <v>2025</v>
       </c>
       <c r="C4" s="3">
-        <v>11.462999999999999</v>
-[...2 lines deleted...]
-        <v>11.484</v>
+        <v>11.49</v>
+      </c>
+      <c r="D4" s="13">
+        <v>11.486000000000001</v>
       </c>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="2" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B5" s="2">
         <v>2025</v>
       </c>
       <c r="C5" s="3">
-        <v>11.513</v>
+        <v>11.462999999999999</v>
       </c>
       <c r="D5" s="3">
-        <v>11.510999999999999</v>
-[...1 lines deleted...]
-      <c r="E5" s="8"/>
+        <v>11.484</v>
+      </c>
+      <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="2" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B6" s="2">
         <v>2025</v>
       </c>
       <c r="C6" s="3">
-        <v>11.494999999999999</v>
+        <v>11.513</v>
       </c>
       <c r="D6" s="3">
-        <v>11.492000000000001</v>
-[...1 lines deleted...]
-      <c r="E6" s="3"/>
+        <v>11.510999999999999</v>
+      </c>
+      <c r="E6" s="8"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="2" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B7" s="2">
         <v>2025</v>
       </c>
       <c r="C7" s="3">
+        <v>11.494999999999999</v>
+      </c>
+      <c r="D7" s="3">
+        <v>11.492000000000001</v>
+      </c>
+      <c r="E7" s="3"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A8" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="2">
+        <v>2025</v>
+      </c>
+      <c r="C8" s="3">
         <v>11.583</v>
       </c>
-      <c r="D7" s="3">
+      <c r="D8" s="3">
         <v>11.585000000000001</v>
       </c>
-      <c r="E7" s="7"/>
-[...2 lines deleted...]
-      <c r="A8" t="s">
+      <c r="E8" s="7"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
         <v>7</v>
       </c>
-      <c r="B8">
+      <c r="B9">
         <v>2025</v>
       </c>
-      <c r="C8">
+      <c r="C9">
         <v>11.544</v>
       </c>
-      <c r="D8" s="12">
+      <c r="D9" s="12">
         <v>11.542</v>
-      </c>
-[...13 lines deleted...]
-        <v>11.596</v>
       </c>
       <c r="E9" s="7"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B10" s="7">
         <v>2025</v>
       </c>
-      <c r="C10" s="11">
+      <c r="C10" s="7">
+        <v>11.597</v>
+      </c>
+      <c r="D10" s="7">
+        <v>11.596</v>
+      </c>
+      <c r="E10" s="7"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A11" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="7">
+        <v>2025</v>
+      </c>
+      <c r="C11" s="11">
         <v>11.51</v>
       </c>
-      <c r="D10" s="7">
+      <c r="D11" s="7">
         <v>11.522</v>
       </c>
-      <c r="E10" s="5"/>
-[...14 lines deleted...]
-      <c r="E11" s="9"/>
+      <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B12" s="5">
         <v>2025</v>
       </c>
       <c r="C12" s="5">
+        <v>11.462</v>
+      </c>
+      <c r="D12" s="5">
+        <v>11.491</v>
+      </c>
+      <c r="E12" s="9"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A13" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="5">
+        <v>2025</v>
+      </c>
+      <c r="C13" s="5">
         <v>11.532999999999999</v>
       </c>
-      <c r="D12" s="5">
+      <c r="D13" s="5">
         <v>11.548</v>
       </c>
-      <c r="E12" s="9"/>
-[...14 lines deleted...]
-      <c r="E13" s="3"/>
+      <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B14" s="2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C14" s="3">
-        <v>11.516</v>
-[...2 lines deleted...]
-        <v>11.557</v>
+        <v>11.496</v>
+      </c>
+      <c r="D14" s="9">
+        <v>11.537000000000001</v>
       </c>
       <c r="E14" s="3"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B15" s="2">
         <v>2024</v>
       </c>
       <c r="C15" s="3">
-        <v>11.45</v>
+        <v>11.516</v>
       </c>
       <c r="D15" s="3">
-        <v>11.504</v>
+        <v>11.557</v>
       </c>
       <c r="E15" s="3"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="B16" s="2">
         <v>2024</v>
       </c>
       <c r="C16" s="3">
-        <v>11.486000000000001</v>
+        <v>11.45</v>
       </c>
       <c r="D16" s="3">
-        <v>11.536</v>
+        <v>11.504</v>
       </c>
       <c r="E16" s="3"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" s="2" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B17" s="2">
         <v>2024</v>
       </c>
       <c r="C17" s="3">
-        <v>11.252000000000001</v>
+        <v>11.486000000000001</v>
       </c>
       <c r="D17" s="3">
-        <v>11.244999999999999</v>
+        <v>11.536</v>
       </c>
       <c r="E17" s="3"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B18" s="2">
         <v>2024</v>
       </c>
       <c r="C18" s="3">
-        <v>11.596</v>
+        <v>11.252000000000001</v>
       </c>
       <c r="D18" s="3">
-        <v>11.622</v>
+        <v>11.244999999999999</v>
       </c>
       <c r="E18" s="3"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A19" s="2" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B19" s="2">
         <v>2024</v>
       </c>
       <c r="C19" s="3">
-        <v>11.515000000000001</v>
+        <v>11.596</v>
       </c>
       <c r="D19" s="3">
-        <v>11.522</v>
-[...1 lines deleted...]
-      <c r="E19" s="8"/>
+        <v>11.622</v>
+      </c>
+      <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A20" s="2" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B20" s="2">
         <v>2024</v>
       </c>
       <c r="C20" s="3">
-        <v>11.474</v>
+        <v>11.515000000000001</v>
       </c>
       <c r="D20" s="3">
-        <v>11.503</v>
-[...1 lines deleted...]
-      <c r="E20" s="3"/>
+        <v>11.522</v>
+      </c>
+      <c r="E20" s="8"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A21" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B21" s="2">
         <v>2024</v>
       </c>
       <c r="C21" s="3">
-        <v>11.4</v>
+        <v>11.474</v>
       </c>
       <c r="D21" s="3">
-        <v>11.446</v>
+        <v>11.503</v>
       </c>
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="2" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B22" s="2">
         <v>2024</v>
       </c>
       <c r="C22" s="3">
-        <v>11.462999999999999</v>
+        <v>11.4</v>
       </c>
       <c r="D22" s="3">
-        <v>11.484999999999999</v>
-      </c>
+        <v>11.446</v>
+      </c>
+      <c r="E22" s="3"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A23" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B23" s="2">
         <v>2024</v>
       </c>
-      <c r="C23">
-[...5 lines deleted...]
-      <c r="E23" s="3"/>
+      <c r="C23" s="3">
+        <v>11.462999999999999</v>
+      </c>
+      <c r="D23" s="3">
+        <v>11.484999999999999</v>
+      </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A24" s="2" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B24" s="2">
         <v>2024</v>
       </c>
-      <c r="C24" s="3">
-[...3 lines deleted...]
-        <v>11.563000000000001</v>
+      <c r="C24">
+        <v>11.561</v>
+      </c>
+      <c r="D24" s="9">
+        <v>11.56</v>
       </c>
       <c r="E24" s="3"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A25" s="2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B25" s="2">
         <v>2024</v>
       </c>
       <c r="C25" s="3">
-        <v>11.542</v>
+        <v>11.563000000000001</v>
       </c>
       <c r="D25" s="3">
-        <v>11.542999999999999</v>
+        <v>11.563000000000001</v>
       </c>
       <c r="E25" s="3"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A26" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B26" s="2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C26" s="3">
-        <v>11.52</v>
+        <v>11.542</v>
       </c>
       <c r="D26" s="3">
-        <v>11.521000000000001</v>
+        <v>11.542999999999999</v>
       </c>
       <c r="E26" s="3"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="7"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A29" s="4"/>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.35">