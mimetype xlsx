--- v2 (2026-01-31)
+++ v3 (2026-03-18)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Arbeitsgruppen\Internetseite\Dokumente\Erdgasnetz\Brennwerte\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1736487C-E497-4800-98AC-E0A8C95B30DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{71E72F5B-65C7-4B88-A6CC-0DD68B6F330A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="15500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
     <sheet name="Tabelle2" sheetId="2" r:id="rId2"/>
     <sheet name="Tabelle3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Tabelle1!$A$1:$C$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -92,56 +92,55 @@
     <t>März</t>
   </si>
   <si>
     <t>Februar</t>
   </si>
   <si>
     <t>Januar</t>
   </si>
   <si>
     <t>Dezember</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>Mülheim</t>
   </si>
   <si>
     <t>Mintard</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="5">
+  <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="#,##0.000_ ;\-#,##0.000\ "/>
-    <numFmt numFmtId="167" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -170,51 +169,51 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -565,404 +564,404 @@
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="14" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="14"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="10" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="8"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" s="2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B3" s="2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C3" s="3">
-        <v>11.481</v>
+        <v>11.43</v>
       </c>
       <c r="D3" s="3">
-        <v>11.478</v>
+        <v>11.435</v>
       </c>
       <c r="E3" s="3"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B4" s="2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C4" s="3">
-        <v>11.49</v>
-[...2 lines deleted...]
-        <v>11.486000000000001</v>
+        <v>11.484</v>
+      </c>
+      <c r="D4" s="3">
+        <v>11.484</v>
       </c>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A5" s="2" t="s">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="B5" s="2">
         <v>2025</v>
       </c>
       <c r="C5" s="3">
-        <v>11.462999999999999</v>
+        <v>11.481</v>
       </c>
       <c r="D5" s="3">
-        <v>11.484</v>
+        <v>11.478</v>
       </c>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A6" s="2" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="B6" s="2">
         <v>2025</v>
       </c>
       <c r="C6" s="3">
-        <v>11.513</v>
-[...4 lines deleted...]
-      <c r="E6" s="8"/>
+        <v>11.49</v>
+      </c>
+      <c r="D6" s="13">
+        <v>11.486000000000001</v>
+      </c>
+      <c r="E6" s="3"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B7" s="2">
         <v>2025</v>
       </c>
       <c r="C7" s="3">
-        <v>11.494999999999999</v>
+        <v>11.462999999999999</v>
       </c>
       <c r="D7" s="3">
-        <v>11.492000000000001</v>
+        <v>11.484</v>
       </c>
       <c r="E7" s="3"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="2" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B8" s="2">
         <v>2025</v>
       </c>
       <c r="C8" s="3">
+        <v>11.513</v>
+      </c>
+      <c r="D8" s="3">
+        <v>11.510999999999999</v>
+      </c>
+      <c r="E8" s="8"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A9" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="2">
+        <v>2025</v>
+      </c>
+      <c r="C9" s="3">
+        <v>11.494999999999999</v>
+      </c>
+      <c r="D9" s="3">
+        <v>11.492000000000001</v>
+      </c>
+      <c r="E9" s="3"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A10" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="2">
+        <v>2025</v>
+      </c>
+      <c r="C10" s="3">
         <v>11.583</v>
       </c>
-      <c r="D8" s="3">
+      <c r="D10" s="3">
         <v>11.585000000000001</v>
       </c>
-      <c r="E8" s="7"/>
-[...2 lines deleted...]
-      <c r="A9" t="s">
+      <c r="E10" s="7"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
         <v>7</v>
       </c>
-      <c r="B9">
+      <c r="B11">
         <v>2025</v>
       </c>
-      <c r="C9">
+      <c r="C11">
         <v>11.544</v>
       </c>
-      <c r="D9" s="12">
+      <c r="D11" s="12">
         <v>11.542</v>
       </c>
-      <c r="E9" s="7"/>
-[...2 lines deleted...]
-      <c r="A10" s="6" t="s">
+      <c r="E11" s="7"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A12" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B10" s="7">
+      <c r="B12" s="7">
         <v>2025</v>
       </c>
-      <c r="C10" s="7">
+      <c r="C12" s="7">
         <v>11.597</v>
       </c>
-      <c r="D10" s="7">
+      <c r="D12" s="7">
         <v>11.596</v>
       </c>
-      <c r="E10" s="7"/>
-[...2 lines deleted...]
-      <c r="A11" s="6" t="s">
+      <c r="E12" s="7"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B11" s="7">
+      <c r="B13" s="7">
         <v>2025</v>
       </c>
-      <c r="C11" s="11">
+      <c r="C13" s="11">
         <v>11.51</v>
       </c>
-      <c r="D11" s="7">
+      <c r="D13" s="7">
         <v>11.522</v>
       </c>
-      <c r="E11" s="5"/>
-[...2 lines deleted...]
-      <c r="A12" s="4" t="s">
+      <c r="E13" s="5"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A14" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="5">
+      <c r="B14" s="5">
         <v>2025</v>
       </c>
-      <c r="C12" s="5">
+      <c r="C14" s="5">
         <v>11.462</v>
       </c>
-      <c r="D12" s="5">
+      <c r="D14" s="5">
         <v>11.491</v>
       </c>
-      <c r="E12" s="9"/>
-[...2 lines deleted...]
-      <c r="A13" s="4" t="s">
+      <c r="E14" s="9"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A15" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="5">
+      <c r="B15" s="5">
         <v>2025</v>
       </c>
-      <c r="C13" s="5">
+      <c r="C15" s="5">
         <v>11.532999999999999</v>
       </c>
-      <c r="D13" s="5">
+      <c r="D15" s="5">
         <v>11.548</v>
       </c>
-      <c r="E13" s="9"/>
-[...29 lines deleted...]
-      <c r="E15" s="3"/>
+      <c r="E15" s="9"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B16" s="2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C16" s="3">
-        <v>11.45</v>
-[...2 lines deleted...]
-        <v>11.504</v>
+        <v>11.496</v>
+      </c>
+      <c r="D16" s="9">
+        <v>11.537000000000001</v>
       </c>
       <c r="E16" s="3"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" s="2" t="s">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="B17" s="2">
         <v>2024</v>
       </c>
       <c r="C17" s="3">
-        <v>11.486000000000001</v>
+        <v>11.516</v>
       </c>
       <c r="D17" s="3">
-        <v>11.536</v>
+        <v>11.557</v>
       </c>
       <c r="E17" s="3"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="B18" s="2">
         <v>2024</v>
       </c>
       <c r="C18" s="3">
-        <v>11.252000000000001</v>
+        <v>11.45</v>
       </c>
       <c r="D18" s="3">
-        <v>11.244999999999999</v>
+        <v>11.504</v>
       </c>
       <c r="E18" s="3"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A19" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B19" s="2">
         <v>2024</v>
       </c>
       <c r="C19" s="3">
-        <v>11.596</v>
+        <v>11.486000000000001</v>
       </c>
       <c r="D19" s="3">
-        <v>11.622</v>
+        <v>11.536</v>
       </c>
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A20" s="2" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B20" s="2">
         <v>2024</v>
       </c>
       <c r="C20" s="3">
-        <v>11.515000000000001</v>
+        <v>11.252000000000001</v>
       </c>
       <c r="D20" s="3">
-        <v>11.522</v>
-[...1 lines deleted...]
-      <c r="E20" s="8"/>
+        <v>11.244999999999999</v>
+      </c>
+      <c r="E20" s="3"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A21" s="2" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B21" s="2">
         <v>2024</v>
       </c>
       <c r="C21" s="3">
-        <v>11.474</v>
+        <v>11.596</v>
       </c>
       <c r="D21" s="3">
-        <v>11.503</v>
+        <v>11.622</v>
       </c>
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B22" s="2">
         <v>2024</v>
       </c>
       <c r="C22" s="3">
-        <v>11.4</v>
+        <v>11.515000000000001</v>
       </c>
       <c r="D22" s="3">
-        <v>11.446</v>
-[...1 lines deleted...]
-      <c r="E22" s="3"/>
+        <v>11.522</v>
+      </c>
+      <c r="E22" s="8"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A23" s="2" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B23" s="2">
         <v>2024</v>
       </c>
       <c r="C23" s="3">
-        <v>11.462999999999999</v>
+        <v>11.474</v>
       </c>
       <c r="D23" s="3">
-        <v>11.484999999999999</v>
-      </c>
+        <v>11.503</v>
+      </c>
+      <c r="E23" s="3"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A24" s="2" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B24" s="2">
         <v>2024</v>
       </c>
-      <c r="C24">
-[...3 lines deleted...]
-        <v>11.56</v>
+      <c r="C24" s="3">
+        <v>11.4</v>
+      </c>
+      <c r="D24" s="3">
+        <v>11.446</v>
       </c>
       <c r="E24" s="3"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A25" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B25" s="2">
         <v>2024</v>
       </c>
       <c r="C25" s="3">
-        <v>11.563000000000001</v>
+        <v>11.462999999999999</v>
       </c>
       <c r="D25" s="3">
-        <v>11.563000000000001</v>
-[...1 lines deleted...]
-      <c r="E25" s="3"/>
+        <v>11.484999999999999</v>
+      </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A26" s="2" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B26" s="2">
         <v>2024</v>
       </c>
-      <c r="C26" s="3">
-[...3 lines deleted...]
-        <v>11.542999999999999</v>
+      <c r="C26">
+        <v>11.561</v>
+      </c>
+      <c r="D26" s="9">
+        <v>11.56</v>
       </c>
       <c r="E26" s="3"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="7"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A29" s="4"/>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.35">